--- v0 (2025-12-03)
+++ v1 (2025-12-03)
@@ -161,51 +161,51 @@
           </w:tcPr>
           <w:p w14:paraId="2B78B462" w14:textId="653E9AAB" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2107" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50ACD709" w14:textId="6F01291D" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>03-12-2025 02:20</w:t>
+              <w:t>03-12-2025 11:37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11C26065" w14:textId="77777777" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="52D0F295" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="003C09DE" w:rsidP="003C09DE">
       <w:pPr>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -382,51 +382,51 @@
                             <a:ext cx="170815" cy="170815"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="003C09DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
-              <w:t/>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C09DE" w14:paraId="4008570C" w14:textId="77777777" w:rsidTr="001C65E4">
         <w:trPr>
           <w:trHeight w:val="192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5560" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66A786E5" w14:textId="1EE2BDA7" w:rsidR="003C09DE" w:rsidRDefault="003C09DE" w:rsidP="001C65E4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="14"/>
@@ -473,80 +473,955 @@
     <w:p w14:paraId="7CB8445F" w14:textId="77777777" w:rsidR="000078AF" w:rsidRDefault="000078AF" w:rsidP="003C09DE">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59A3246C" w14:textId="48B55A3D" w:rsidR="00240F26" w:rsidRDefault="00240F26" w:rsidP="00240F26">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FF6B74" w14:textId="6A8E1A89" w:rsidR="0072338B" w:rsidRDefault="00DE4925" w:rsidP="003C09DE">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A128B2" w14:paraId="59FD9BB2" w14:textId="77777777" w:rsidTr="00AB1D07">
+        <w:trPr>
+          <w:trHeight w:val="336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="749B38B7" w14:textId="1B6FDC5D" w:rsidR="00A128B2" w:rsidRPr="0072338B" w:rsidRDefault="00A128B2" w:rsidP="0072338B">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="643E001D" w14:textId="73C9AFF2" w:rsidR="00A128B2" w:rsidRPr="0072338B" w:rsidRDefault="00A128B2" w:rsidP="0072338B">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Naa</w:t>
+            </w:r>
+            <w:r w:rsidR="0072338B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> van document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7F7280" w14:textId="2661BBC5" w:rsidR="00A128B2" w:rsidRPr="0072338B" w:rsidRDefault="00A128B2" w:rsidP="0072338B">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pub. </w:t>
+            </w:r>
+            <w:r w:rsidR="0001289E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>atum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D61AEF" w14:textId="1606F3BF" w:rsidR="00A128B2" w:rsidRPr="0072338B" w:rsidRDefault="00A128B2" w:rsidP="0072338B">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="303F4C"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Info</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED41A30" w14:textId="47568059" w:rsidR="00A128B2" w:rsidRDefault="00A128B2" w:rsidP="001C65E4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A128B2" w14:paraId="6412135A" w14:textId="77777777" w:rsidTr="00AD7C9E">
+        <w:trPr>
+          <w:trHeight w:val="370"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60D2C233" w14:textId="073FC93E" w:rsidR="00A128B2" w:rsidRPr="00AD7C9E" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink>
+              <w:r w:rsidR="00A128B2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="525A65"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                </w:rPr>
+                <w:t>C03 Stichting Vrienden van Oud Hillegom, zienswijze beleid gemeentelijke monumenten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+              </w:rPr>
+              <w:t/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>03-12-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2F554826" wp14:editId="1057660A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>670560</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>189046</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="15240" cy="365760"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="4" name="Picture 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="15240" cy="365760"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="00A128B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>PDF</w:t>
+            </w:r>
+            <w:r w:rsidR="004221F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2,91 MB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="155CAA"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009125E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="155CAA"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="797C5789" wp14:editId="7AAC222C">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>487310</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>166370</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="65527" cy="131054"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="8" name="Graphic 8"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId15"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="65527" cy="131054"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink>
+              <w:hyperlink r:id="rId25" w:history="1">
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                    <w:color w:val="155CAA"/>
+                    <w:u w:val="single"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Bekijk</w:t>
+                </w:r>
+              </w:hyperlink>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A128B2" w14:paraId="6412135A" w14:textId="77777777" w:rsidTr="00AD7C9E">
+        <w:trPr>
+          <w:trHeight w:val="370"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60D2C233" w14:textId="073FC93E" w:rsidR="00A128B2" w:rsidRPr="00AD7C9E" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink>
+              <w:r w:rsidR="00A128B2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="525A65"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                </w:rPr>
+                <w:t>C02 Werkgroep Bollenerfgoed CHG, zienswijze op regelingen gemeentelijke monumenten Hillegom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+              </w:rPr>
+              <w:t/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>03-12-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2F554826" wp14:editId="1057660A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>670560</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>189046</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="15240" cy="365760"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="4" name="Picture 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="15240" cy="365760"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="00A128B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>PDF</w:t>
+            </w:r>
+            <w:r w:rsidR="004221F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>398,95 KB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="155CAA"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009125E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="155CAA"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="797C5789" wp14:editId="7AAC222C">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>487310</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>166370</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="65527" cy="131054"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="8" name="Graphic 8"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId15"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="65527" cy="131054"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink>
+              <w:hyperlink r:id="rId26" w:history="1">
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                    <w:color w:val="155CAA"/>
+                    <w:u w:val="single"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Bekijk</w:t>
+                </w:r>
+              </w:hyperlink>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69FD5ACF" w14:textId="3A42FF69" w:rsidR="00DE4925" w:rsidRDefault="00DE4925">
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Geen documenten gevonden</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE4925" w:rsidRPr="00DE4925">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C26F57A" w14:textId="77777777" w:rsidR="0045715E" w:rsidRDefault="0045715E" w:rsidP="003C09DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3BF4386E" w14:textId="77777777" w:rsidR="0045715E" w:rsidRDefault="0045715E" w:rsidP="003C09DE">
       <w:r>
         <w:continuationSeparator/>
@@ -1544,51 +2419,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1909345138">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image_rId18_document.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image_rId18_document.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeenteraad.hillegom.nl/Vergaderingen/Gemeenteraad/2025/11-december/19:30/Ingekomen-stukken/C03-Stichting-Vrienden-van-Oud-Hillegom-zienswijze-beleid-gemeentelijke-monumenten.pdf" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeenteraad.hillegom.nl/Vergaderingen/Gemeenteraad/2025/11-december/19:30/Ingekomen-stukken/C02-Werkgroep-Bollenerfgoed-CHG-zienswijze-op-regelingen-gemeentelijke-monumenten-Hillegom.pdf" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>